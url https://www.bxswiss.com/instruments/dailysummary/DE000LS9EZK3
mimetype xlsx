--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R674266bf7ae948e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66f22ae27f2d49bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb6ca3d6d2fe45ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b098f75bd7f4a40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bf6cbaf5e8b4895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb6ca3d6d2fe45ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8770d980c13a47d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b098f75bd7f4a40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktbeobachtungs Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>