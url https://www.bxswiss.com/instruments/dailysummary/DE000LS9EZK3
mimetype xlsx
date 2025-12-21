--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66f22ae27f2d49bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e3a3df06ee54035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b098f75bd7f4a40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dbeeda7fc474fe0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8770d980c13a47d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b098f75bd7f4a40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8b1cc0b35349b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dbeeda7fc474fe0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktbeobachtungs Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>208,136</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>