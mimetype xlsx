--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e3a3df06ee54035" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77b34e3f0b844d5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dbeeda7fc474fe0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R783fbf46412248d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8b1cc0b35349b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dbeeda7fc474fe0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a46059f91c04770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R783fbf46412248d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktbeobachtungs Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,371</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>