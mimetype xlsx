--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23c5dd88b9f54150" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5d6ddeba1e84b01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d798abdbec64478"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c1f8bcdb56d44b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37dbb34944f442a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d798abdbec64478" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R453e5915d24c4a3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c1f8bcdb56d44b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uzunel A&amp;W Metehan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,967</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>