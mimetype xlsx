--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5d6ddeba1e84b01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d7d94379621407e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c1f8bcdb56d44b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R747830aa83374318"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R453e5915d24c4a3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c1f8bcdb56d44b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb139835bfcd94717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R747830aa83374318" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uzunel A&amp;W Metehan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>