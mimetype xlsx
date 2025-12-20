--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d7d94379621407e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dd66c5301b14d2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R747830aa83374318"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92043e57c000479f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb139835bfcd94717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R747830aa83374318" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfed82d67759c40d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92043e57c000479f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uzunel A&amp;W Metehan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>350,344</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>