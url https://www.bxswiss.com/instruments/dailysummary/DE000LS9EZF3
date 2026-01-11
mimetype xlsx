--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dd66c5301b14d2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9de48b4a430475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92043e57c000479f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36425cf4e3df4830"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfed82d67759c40d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92043e57c000479f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R966f688a4f524f6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36425cf4e3df4830" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uzunel A&amp;W Metehan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>