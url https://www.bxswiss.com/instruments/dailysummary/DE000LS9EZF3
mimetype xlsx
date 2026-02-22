--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9de48b4a430475d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd319f35aee2644c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36425cf4e3df4830"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25210206d3a649af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R966f688a4f524f6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36425cf4e3df4830" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55c34dadd7a543bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25210206d3a649af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uzunel A&amp;W Metehan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>429,331</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>