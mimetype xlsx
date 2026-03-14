--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd319f35aee2644c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ed05ac0797148ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25210206d3a649af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf36345e156f7496d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55c34dadd7a543bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25210206d3a649af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4537ea77ad264907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf36345e156f7496d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Uzunel A&amp;W Metehan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>438,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,289</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>