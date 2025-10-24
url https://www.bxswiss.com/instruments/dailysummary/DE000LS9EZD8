--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14209f712ddc4988" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10aad72da69341ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1ca70d961ba4489"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb9f98d399154ac3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40cf3cd31c8c4dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1ca70d961ba4489" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfeefe397c2b4680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb9f98d399154ac3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Produkte&amp;Anwendungen des Alltags</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>229,844</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>