--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10aad72da69341ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74be707e953642d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb9f98d399154ac3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a7a91596b6543b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfeefe397c2b4680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb9f98d399154ac3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e3fa1bf26f4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a7a91596b6543b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Produkte&amp;Anwendungen des Alltags</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>