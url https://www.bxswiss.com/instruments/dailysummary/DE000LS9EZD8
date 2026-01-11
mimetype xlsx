--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74be707e953642d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdabfb9346fd8440f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a7a91596b6543b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6cb6fef668b486f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e3fa1bf26f4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a7a91596b6543b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R360cead8d24a4246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6cb6fef668b486f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Produkte&amp;Anwendungen des Alltags</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...500 lines deleted...]
-          <x:t>231,057</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,486</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>235,739</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>226,339</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>