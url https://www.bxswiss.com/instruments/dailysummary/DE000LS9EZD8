--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdabfb9346fd8440f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raac60496427f40c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6cb6fef668b486f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74d1b1cf9fc244b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R360cead8d24a4246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6cb6fef668b486f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra787d63ac0104b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74d1b1cf9fc244b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Produkte&amp;Anwendungen des Alltags</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>237,913</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>