--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raac60496427f40c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fe1e3a2a9ea45e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74d1b1cf9fc244b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R370a73db9a0845a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra787d63ac0104b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74d1b1cf9fc244b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729420f3094145ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R370a73db9a0845a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Produkte&amp;Anwendungen des Alltags</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EZD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>