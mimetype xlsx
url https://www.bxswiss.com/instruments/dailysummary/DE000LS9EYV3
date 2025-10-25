--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R210a7a8aa8a245fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a19756b576848e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46b2d2ba39534131"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25da21c7efb4421a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2c614ae12b94772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46b2d2ba39534131" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdc397531be949e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25da21c7efb4421a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pharma / Medizientechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>144,853</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,960</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...398 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>