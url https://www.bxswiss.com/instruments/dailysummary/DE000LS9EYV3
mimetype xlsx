--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a19756b576848e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R187e0c2b7f204181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25da21c7efb4421a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ee97c8e0f2f4941"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdc397531be949e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25da21c7efb4421a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34ede397642147a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ee97c8e0f2f4941" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pharma / Medizientechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>145,144</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,825</x:t>
-[...178 lines deleted...]
-          <x:t>144,281</x:t>
+          <x:t>144,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,127</x:t>
-[...215 lines deleted...]
-          <x:t>143,406</x:t>
+          <x:t>143,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>