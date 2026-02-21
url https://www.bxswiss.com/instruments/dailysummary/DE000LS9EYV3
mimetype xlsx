--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R187e0c2b7f204181" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29723574549742b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ee97c8e0f2f4941"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R177450019ca441e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34ede397642147a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ee97c8e0f2f4941" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71140416597b4cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R177450019ca441e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pharma / Medizientechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>144,226</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>