--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29723574549742b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b2c31098a9e4f24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R177450019ca441e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R698cd061ae84429f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71140416597b4cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R177450019ca441e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra30349e38d914370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R698cd061ae84429f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pharma / Medizientechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>