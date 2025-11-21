--- v0 (2025-10-09)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93b9da6959d84246" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7abbcebaa62406a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1052cec226474c20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8898f7b4ab2c4dbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3e6d2df31ae4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1052cec226474c20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07ae35ecec594c37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8898f7b4ab2c4dbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SolidInvest 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>88,288</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>