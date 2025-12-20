--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7abbcebaa62406a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35b36ef3da2a48c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8898f7b4ab2c4dbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R646f4bcc58ee45b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07ae35ecec594c37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8898f7b4ab2c4dbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf63ab4bc11364993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R646f4bcc58ee45b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SolidInvest 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,139</x:t>
-[...80 lines deleted...]
-          <x:t>88,202</x:t>
+          <x:t>88,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,120</x:t>
-[...269 lines deleted...]
-          <x:t>87,922</x:t>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>