--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35b36ef3da2a48c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6925e03862a54c6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R646f4bcc58ee45b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0a5c99bc4734d89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf63ab4bc11364993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R646f4bcc58ee45b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025bc70f6c254ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0a5c99bc4734d89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SolidInvest 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>88,470</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,431</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>88,294</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>88,110</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,195</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...327 lines deleted...]
-          <x:t>17.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>