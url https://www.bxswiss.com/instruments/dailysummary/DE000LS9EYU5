--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6925e03862a54c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde20ef6d3814012" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0a5c99bc4734d89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2187993b174286"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025bc70f6c254ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0a5c99bc4734d89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R494d0305fea4408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2187993b174286" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SolidInvest 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>88,078</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,046</x:t>
-[...31 lines deleted...]
-          <x:t>88,235</x:t>
+          <x:t>87,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>