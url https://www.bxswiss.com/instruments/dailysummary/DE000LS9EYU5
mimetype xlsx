--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde20ef6d3814012" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbebd9ef187244a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2187993b174286"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbc728a7706246f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R494d0305fea4408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2187993b174286" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc307ee9dc014ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbc728a7706246f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SolidInvest 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>