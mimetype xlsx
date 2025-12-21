--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04906ff822104329" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c36c947f7ee4b5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14fd6297b88c42cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc88c4b9c627549b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0f2821dd9d24988" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14fd6297b88c42cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca8605521b2a4a89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc88c4b9c627549b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ausgewählte Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>210,099</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>