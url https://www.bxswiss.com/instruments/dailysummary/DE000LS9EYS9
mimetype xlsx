--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c36c947f7ee4b5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e8899ca0e80447e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc88c4b9c627549b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3e4e594e1204ee9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca8605521b2a4a89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc88c4b9c627549b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8ca4c309ef64a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3e4e594e1204ee9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ausgewählte Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>