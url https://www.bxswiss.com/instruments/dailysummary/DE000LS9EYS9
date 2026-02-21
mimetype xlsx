--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e8899ca0e80447e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref89e4502aea4793" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3e4e594e1204ee9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f7ad294c3242bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8ca4c309ef64a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3e4e594e1204ee9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47277807c1344f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f7ad294c3242bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ausgewählte Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>222,710</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>