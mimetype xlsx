--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref89e4502aea4793" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcc513ef104b4ce8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f7ad294c3242bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ba0bf9774b64825"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47277807c1344f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f7ad294c3242bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78be316771394547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ba0bf9774b64825" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ausgewählte Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>