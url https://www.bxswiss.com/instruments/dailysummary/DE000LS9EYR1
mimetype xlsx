--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ed03dce480649f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8ac1280f69b4c27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81bd9f9d0d2a4ca1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce3cd088f0904b30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6c417bcf5334637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81bd9f9d0d2a4ca1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e4c4037a19c476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce3cd088f0904b30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amagosa Invest weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>