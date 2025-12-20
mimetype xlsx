--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8ac1280f69b4c27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd50b3cfcf74d26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce3cd088f0904b30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41415a1594a04681"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e4c4037a19c476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce3cd088f0904b30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4ff5b02be574c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41415a1594a04681" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amagosa Invest weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>213,933</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>