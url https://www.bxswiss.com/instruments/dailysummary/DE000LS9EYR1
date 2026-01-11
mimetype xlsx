--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd50b3cfcf74d26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa5507603fb94d9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41415a1594a04681"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R400f76d0bc39445c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4ff5b02be574c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41415a1594a04681" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radfabe71f5804864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R400f76d0bc39445c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amagosa Invest weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>219,030</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>217,368</x:t>
-[...328 lines deleted...]
-          <x:t>218,918</x:t>
+          <x:t>220,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>