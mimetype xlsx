--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa5507603fb94d9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46e57e7a2ba7468c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R400f76d0bc39445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4052a9a4032745e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radfabe71f5804864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R400f76d0bc39445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f2a977e6e8a4521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4052a9a4032745e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amagosa Invest weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>229,771</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>