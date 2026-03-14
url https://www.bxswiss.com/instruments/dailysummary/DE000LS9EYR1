--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46e57e7a2ba7468c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15f6c1a6e7b04933" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4052a9a4032745e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3200bf6181cd4f52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f2a977e6e8a4521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4052a9a4032745e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra400bdb12f654eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3200bf6181cd4f52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amagosa Invest weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>