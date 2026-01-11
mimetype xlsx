--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R438d268f089d403c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d650367c5c4e87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9cde74584884396"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R915ec2098f654254"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff00c082d384bd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9cde74584884396" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a6e818c218a42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R915ec2098f654254" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Small Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>714,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>715,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>709,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>711,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>723,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>725,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>719,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>723,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>