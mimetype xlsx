--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d650367c5c4e87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdafb4e9686814c6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R915ec2098f654254"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e0441088f534005"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a6e818c218a42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R915ec2098f654254" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72fe699e0e9b421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e0441088f534005" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Small Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>748,449</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>