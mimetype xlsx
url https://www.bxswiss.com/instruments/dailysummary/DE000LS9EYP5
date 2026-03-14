--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdafb4e9686814c6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd05180cc54cf4501" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e0441088f534005"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c5848a8a8e14ec9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72fe699e0e9b421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e0441088f534005" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf79b60d2c1e94984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c5848a8a8e14ec9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Small Cap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>697,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>697,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>690,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>693,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>685,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>694,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>685,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>686,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>