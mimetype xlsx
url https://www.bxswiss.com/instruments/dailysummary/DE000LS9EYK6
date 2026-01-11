--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab417c07b734f3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R014c4ff8b99949a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdffa3375c8f041d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b5ee3bd26314d79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R933b4e3b3a6241af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdffa3375c8f041d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc080e9181b10495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b5ee3bd26314d79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment unterbewertete Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>201,159</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>