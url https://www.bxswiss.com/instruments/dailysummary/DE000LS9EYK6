--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R014c4ff8b99949a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra979742b18f542b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b5ee3bd26314d79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7c249b5aa2a4572"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc080e9181b10495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b5ee3bd26314d79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R953e1023171844ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7c249b5aa2a4572" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment unterbewertete Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>207,229</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>