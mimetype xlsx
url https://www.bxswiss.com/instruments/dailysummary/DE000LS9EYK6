--- v2 (2026-02-21)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra979742b18f542b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd613dae847a5462c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7c249b5aa2a4572"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61f01ce2168a48cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R953e1023171844ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7c249b5aa2a4572" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0e2111e61124cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61f01ce2168a48cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment unterbewertete Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EYK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>