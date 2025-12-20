--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3df9b9a3b5c0488c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fde5d7b500a478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68ca8c3a3a7d4163"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db847bd53924935"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75d9aa5beba94761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68ca8c3a3a7d4163" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb366262edf4148fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db847bd53924935" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Key investment opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>205,840</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>