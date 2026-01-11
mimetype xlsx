--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fde5d7b500a478f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8133a755f3744968" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db847bd53924935"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R856e94ff3bd140e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb366262edf4148fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db847bd53924935" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rced3ea1ee96846f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R856e94ff3bd140e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Key investment opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,650</x:t>
@@ -764,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>