--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8133a755f3744968" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca09377099044604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R856e94ff3bd140e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20124e6486b447c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rced3ea1ee96846f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R856e94ff3bd140e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2779268d03645ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20124e6486b447c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Key investment opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>213,169</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>