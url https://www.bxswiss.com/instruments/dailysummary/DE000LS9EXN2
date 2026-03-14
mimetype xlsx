--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca09377099044604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1dda2469d78459a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20124e6486b447c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racee8c27c3b44973"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2779268d03645ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20124e6486b447c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43ddf6d9903245b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racee8c27c3b44973" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Key investment opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>