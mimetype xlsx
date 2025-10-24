--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R205955a744ce48e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b5058a8c69d4f72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd47e38e804c340f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd227917f94704d6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab4218d7562e45b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd47e38e804c340f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec8787eb30c4034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd227917f94704d6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GER TECH-CAP Risk-Return Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,473 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>178,465</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,478</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>