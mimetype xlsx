--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b5058a8c69d4f72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf59c60e08c7a431c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd227917f94704d6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd846cc09eb944a99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec8787eb30c4034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd227917f94704d6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc58f4b58ef04f08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd846cc09eb944a99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GER TECH-CAP Risk-Return Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>178,763</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,369</x:t>
-[...377 lines deleted...]
-          <x:t>176,394</x:t>
+          <x:t>178,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>