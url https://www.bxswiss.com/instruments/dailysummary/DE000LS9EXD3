--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf59c60e08c7a431c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8fe34fa49124300" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd846cc09eb944a99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43cf0ad3002f46a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc58f4b58ef04f08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd846cc09eb944a99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R011ea844dd3c4c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43cf0ad3002f46a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GER TECH-CAP Risk-Return Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>178,377</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,267</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>178,065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,495</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>