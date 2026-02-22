--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8fe34fa49124300" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c20c0ac1364bcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43cf0ad3002f46a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70ef82d7a38a45fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R011ea844dd3c4c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43cf0ad3002f46a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a35e5f0f3cc40e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70ef82d7a38a45fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GER TECH-CAP Risk-Return Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>177,633</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>