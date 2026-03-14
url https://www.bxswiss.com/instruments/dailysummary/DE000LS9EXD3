--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c20c0ac1364bcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44fe7ddd6d744d2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70ef82d7a38a45fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dff28f5501047b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a35e5f0f3cc40e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70ef82d7a38a45fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1c8f2298db04f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dff28f5501047b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GER TECH-CAP Risk-Return Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>