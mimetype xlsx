--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a91d7d4625141c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4554ec83082643d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcceae349331498a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R604d2a6b99d14c1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca8283c7f9954916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcceae349331498a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f9ddbd76857412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R604d2a6b99d14c1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spiegelung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>26,995</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,879</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-          <x:t>26,829</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,821</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>26,801</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>26,776</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,809</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>