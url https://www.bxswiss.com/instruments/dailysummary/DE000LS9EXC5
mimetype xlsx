--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4554ec83082643d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b938ce36a274a35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R604d2a6b99d14c1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6de59a454fcf4d19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f9ddbd76857412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R604d2a6b99d14c1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c54ad00cd334967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6de59a454fcf4d19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spiegelung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>26,711</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,712</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>26,722</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>16.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,637</x:t>
-        </x:is>
-[...310 lines deleted...]
-          <x:t>26,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>