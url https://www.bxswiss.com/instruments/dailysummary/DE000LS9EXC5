--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b938ce36a274a35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25dbdbb3f58743d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6de59a454fcf4d19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddbe9b6251954e4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c54ad00cd334967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6de59a454fcf4d19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48a8ca0020654940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddbe9b6251954e4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spiegelung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,536</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>26,630</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,703</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>26,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>