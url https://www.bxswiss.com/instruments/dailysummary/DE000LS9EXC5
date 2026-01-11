--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25dbdbb3f58743d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R118a95d9df6d4d3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddbe9b6251954e4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6400aa4b864940f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48a8ca0020654940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddbe9b6251954e4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4596c5efbacc4028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6400aa4b864940f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spiegelung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>26,681</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,637</x:t>
-[...21 lines deleted...]
-          <x:t>26,598</x:t>
+          <x:t>26,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,687</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>26,759</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,695</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>26,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>