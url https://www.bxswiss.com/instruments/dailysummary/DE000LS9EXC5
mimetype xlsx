--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R118a95d9df6d4d3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd290da6057d4026" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6400aa4b864940f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd47d7e6f9964588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4596c5efbacc4028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6400aa4b864940f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c85d64661884ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd47d7e6f9964588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spiegelung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>26,652</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,586</x:t>
-[...43 lines deleted...]
-          <x:t>26,675</x:t>
+          <x:t>26,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,671</x:t>
-[...53 lines deleted...]
-          <x:t>26,695</x:t>
+          <x:t>26,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>