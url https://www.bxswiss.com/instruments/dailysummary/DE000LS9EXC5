--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd290da6057d4026" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R620639bc590e436f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd47d7e6f9964588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R959fc4a239ec4e5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c85d64661884ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd47d7e6f9964588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R076aa1702d094eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R959fc4a239ec4e5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spiegelung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>26,263</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,238</x:t>
-[...168 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>26,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,083</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>26,074</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,058</x:t>
-[...31 lines deleted...]
-          <x:t>26,125</x:t>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>