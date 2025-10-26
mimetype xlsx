--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra564d9ca1dd24f4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd966e6e4dc4c7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c9d354f581e459e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e40d3c647b048ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb5dcbcc5f545b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c9d354f581e459e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01b112c3408c4c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e40d3c647b048ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Aktien Welt und Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,651</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>