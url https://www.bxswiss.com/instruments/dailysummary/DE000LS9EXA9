--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd966e6e4dc4c7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cee20a7b13348b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e40d3c647b048ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc1f8f1fac344f3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01b112c3408c4c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e40d3c647b048ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6aa2c2a834f427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc1f8f1fac344f3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Aktien Welt und Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>275,972</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>