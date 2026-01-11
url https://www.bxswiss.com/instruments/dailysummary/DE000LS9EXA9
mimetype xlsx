--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cee20a7b13348b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fd82e41957a4a96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc1f8f1fac344f3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8892960c1395442e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6aa2c2a834f427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc1f8f1fac344f3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa821dcffcbb4f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8892960c1395442e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Aktien Welt und Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>277,083</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>276,258</x:t>
-[...355 lines deleted...]
-          <x:t>279,072</x:t>
+          <x:t>280,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>