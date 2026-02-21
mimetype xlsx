--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fd82e41957a4a96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89c1b4b89b32447f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8892960c1395442e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52ec8f09f9924829"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa821dcffcbb4f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8892960c1395442e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e1779c6891c4e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52ec8f09f9924829" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Aktien Welt und Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>287,360</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>