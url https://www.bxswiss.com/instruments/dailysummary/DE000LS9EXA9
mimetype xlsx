--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89c1b4b89b32447f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a509aeec9f4d96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52ec8f09f9924829"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44857f5d56204960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e1779c6891c4e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52ec8f09f9924829" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1be9af2c9d9c4efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44857f5d56204960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Aktien Welt und Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EXA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>