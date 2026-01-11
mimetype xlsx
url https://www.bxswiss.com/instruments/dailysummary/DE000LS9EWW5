--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfec1ea55b366429b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R242eaf42064f44cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6e9b86f52f04e89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9f0a90aec2044d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97765b3287cf4bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6e9b86f52f04e89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bc580928d834755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9f0a90aec2044d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alltagsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,918</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>