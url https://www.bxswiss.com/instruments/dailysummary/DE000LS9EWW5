--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R242eaf42064f44cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R365c2b23c86c4fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9f0a90aec2044d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33bf181ed0424abf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bc580928d834755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9f0a90aec2044d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1ec0e1573aa49ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33bf181ed0424abf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alltagsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>213,027</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>