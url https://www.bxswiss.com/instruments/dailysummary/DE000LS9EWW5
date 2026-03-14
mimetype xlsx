--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R365c2b23c86c4fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56a86cb605de4513" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33bf181ed0424abf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2efca26d87e84729"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1ec0e1573aa49ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33bf181ed0424abf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7253aeff2ed44ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2efca26d87e84729" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alltagsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>