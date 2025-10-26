--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3399560e8bc4ea7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9936475d96174431" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd1e914110af46f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74628bb328d14cf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdea4f5a29c4d4d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd1e914110af46f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a480d94d58e437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74628bb328d14cf8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovationen und Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,507</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>