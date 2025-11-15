--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9936475d96174431" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R146814573987455f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74628bb328d14cf8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95be48780fa04c9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a480d94d58e437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74628bb328d14cf8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c37195ad1cd4b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95be48780fa04c9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovationen und Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>