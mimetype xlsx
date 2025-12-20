--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R146814573987455f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc292f149ffee4645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95be48780fa04c9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R549ac27f46b1446c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c37195ad1cd4b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95be48780fa04c9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fab72405b544e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R549ac27f46b1446c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovationen und Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...441 lines deleted...]
-          <x:t>99,993</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,068</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>92,064</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>