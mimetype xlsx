--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc292f149ffee4645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5599d7035034972" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R549ac27f46b1446c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b475478f12f4fe3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fab72405b544e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R549ac27f46b1446c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304eefcb49b64478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b475478f12f4fe3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovationen und Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>