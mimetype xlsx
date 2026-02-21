--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5599d7035034972" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea0dc028690c4e23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b475478f12f4fe3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ee77ecc0551449a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304eefcb49b64478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b475478f12f4fe3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e8ccb63b54e4220" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ee77ecc0551449a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovationen und Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,605</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>