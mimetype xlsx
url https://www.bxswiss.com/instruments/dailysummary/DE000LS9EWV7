--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea0dc028690c4e23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8357cfb2cc74b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ee77ecc0551449a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f3bff9a125d4f91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e8ccb63b54e4220" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ee77ecc0551449a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R148d78b9e0e8422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f3bff9a125d4f91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovationen und Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>