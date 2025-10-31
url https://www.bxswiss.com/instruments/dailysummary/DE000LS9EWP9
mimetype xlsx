--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d0e7021f4f4404" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce6d7be2910f42b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e9777984b0b400f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b40cdacc6a4ec5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd08dcfb6726043ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e9777984b0b400f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd52afdf9ca92491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b40cdacc6a4ec5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversifiziert im Langzeittrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>