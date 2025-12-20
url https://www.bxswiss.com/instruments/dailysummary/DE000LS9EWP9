--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce6d7be2910f42b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cac620d8cc64d83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b40cdacc6a4ec5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0faba6ef3a34bdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd52afdf9ca92491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b40cdacc6a4ec5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffffed42af684d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0faba6ef3a34bdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversifiziert im Langzeittrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>231,248</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>