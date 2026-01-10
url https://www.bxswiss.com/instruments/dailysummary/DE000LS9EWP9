--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cac620d8cc64d83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890557131ef14401" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0faba6ef3a34bdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe9285b427bd4fe7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffffed42af684d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0faba6ef3a34bdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1547c428fbb4ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe9285b427bd4fe7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversifiziert im Langzeittrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>