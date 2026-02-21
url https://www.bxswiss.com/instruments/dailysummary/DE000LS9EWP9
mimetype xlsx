--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R890557131ef14401" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ee6e1234df42f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe9285b427bd4fe7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa2dc31508584041"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1547c428fbb4ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe9285b427bd4fe7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74a8b1edc4ce4bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa2dc31508584041" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversifiziert im Langzeittrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>232,619</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>