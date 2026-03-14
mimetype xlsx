--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ee6e1234df42f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9ef95f1946e42ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa2dc31508584041"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37f1b02fd72e4668"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74a8b1edc4ce4bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa2dc31508584041" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe8f31e2942545bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37f1b02fd72e4668" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversifiziert im Langzeittrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>226,542</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>223,918</x:t>
-[...458 lines deleted...]
-          <x:t>223,966</x:t>
+          <x:t>221,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>