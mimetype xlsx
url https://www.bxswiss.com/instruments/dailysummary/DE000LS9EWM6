--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa4492c64e5242af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ab64c23f7be41ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09600d8ed5554532"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9a0e5bd9e03406a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R218d33ecd1534730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09600d8ed5554532" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bf4e5098f694a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9a0e5bd9e03406a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlen+Gebertstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,604</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>