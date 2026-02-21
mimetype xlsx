--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ab64c23f7be41ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R473c3ae11ece4fc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9a0e5bd9e03406a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28fce6eb8df64966"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bf4e5098f694a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9a0e5bd9e03406a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R471709f87a284332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28fce6eb8df64966" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlen+Gebertstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>160,908</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>