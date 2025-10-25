--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c8fc7fc5ffb4ca0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0a2cd1024a74556" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34558f7cde2d4925"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R867613ff6fad4176"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e61a8ab44e4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34558f7cde2d4925" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1cdfab989664f12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R867613ff6fad4176" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche_Leitindizes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>