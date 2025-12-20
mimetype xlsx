--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0a2cd1024a74556" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a5246036ae44b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R867613ff6fad4176"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4b855afc084837"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1cdfab989664f12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R867613ff6fad4176" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c84734ed4e34a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4b855afc084837" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche_Leitindizes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>127,943</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>