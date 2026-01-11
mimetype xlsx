--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a5246036ae44b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re23042e8ad27487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4b855afc084837"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R275cf36e04e340d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c84734ed4e34a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4b855afc084837" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2b4ec6bca3b45c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R275cf36e04e340d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche_Leitindizes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>