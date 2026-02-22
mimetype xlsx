--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re23042e8ad27487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd461e23c0d412e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R275cf36e04e340d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04c097a796c94395"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2b4ec6bca3b45c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R275cf36e04e340d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff4d921729ae4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04c097a796c94395" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche_Leitindizes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>130,786</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>