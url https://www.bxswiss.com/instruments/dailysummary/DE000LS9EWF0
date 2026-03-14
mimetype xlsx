--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd461e23c0d412e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d51da65184647e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04c097a796c94395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfefc43b989bb412b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff4d921729ae4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04c097a796c94395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab592c69324d4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfefc43b989bb412b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche_Leitindizes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,254</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,457</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>