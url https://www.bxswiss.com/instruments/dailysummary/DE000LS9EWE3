--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bb882e1e25944cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca80dd11dd3f40d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c417bd9af5c4426"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabff80b05e9e4402"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a6eeebd499946da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c417bd9af5c4426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c59b430bb9b4493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabff80b05e9e4402" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>O'Shaughnessy Value Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>121,031</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,915</x:t>
-[...249 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,973</x:t>
-[...43 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>119,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>120,378</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>