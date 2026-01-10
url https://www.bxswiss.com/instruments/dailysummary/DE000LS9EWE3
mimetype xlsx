--- v1 (2025-11-21)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca80dd11dd3f40d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb697c5b224ce4d41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabff80b05e9e4402"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3902229ec0041df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c59b430bb9b4493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabff80b05e9e4402" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da4d6569312431c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3902229ec0041df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>O'Shaughnessy Value Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,880</x:t>
-[...151 lines deleted...]
-          <x:t>11.11.2025</x:t>
+          <x:t>120,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,651</x:t>
-[...198 lines deleted...]
-          <x:t>120,562</x:t>
+          <x:t>120,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>