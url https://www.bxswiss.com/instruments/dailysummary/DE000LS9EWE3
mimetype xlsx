--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb697c5b224ce4d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c708bf29244a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3902229ec0041df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd02aef8ff9e4ecf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da4d6569312431c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3902229ec0041df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c74ab573a441f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd02aef8ff9e4ecf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>O'Shaughnessy Value Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>120,822</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>