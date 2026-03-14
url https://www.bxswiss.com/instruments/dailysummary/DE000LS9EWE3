--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c708bf29244a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6fcc40451e44374" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd02aef8ff9e4ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd52737bc1cd4b3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c74ab573a441f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd02aef8ff9e4ecf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204ae6dc9e8b436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd52737bc1cd4b3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>O'Shaughnessy Value Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>