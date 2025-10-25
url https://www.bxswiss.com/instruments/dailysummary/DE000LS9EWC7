--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re625e0b89aa14362" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01994fd6321848b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ca1f1a64744736"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8de6c21aa0cd4bac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c24f52f34744153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ca1f1a64744736" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reba9ede8e504498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8de6c21aa0cd4bac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Infrastruktur, Logistik, Wohnen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>