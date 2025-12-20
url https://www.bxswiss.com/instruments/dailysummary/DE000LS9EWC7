--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01994fd6321848b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0ba0c47590a4434" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8de6c21aa0cd4bac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d58b68abeaf4be0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reba9ede8e504498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8de6c21aa0cd4bac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e39b891a3a41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d58b68abeaf4be0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Infrastruktur, Logistik, Wohnen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>202,834</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>