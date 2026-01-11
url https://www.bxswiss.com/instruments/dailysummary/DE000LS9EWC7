--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0ba0c47590a4434" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7738e2f35ff42d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d58b68abeaf4be0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a8cd458e1cf40cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e39b891a3a41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d58b68abeaf4be0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dd11bc91a474666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a8cd458e1cf40cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Infrastruktur, Logistik, Wohnen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EWC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>206,427</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,343</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>205,556</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,647</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>206,707</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>