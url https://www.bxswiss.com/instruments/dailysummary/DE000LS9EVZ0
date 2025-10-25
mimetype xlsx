--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b24b5ebcc96436c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdde49911004426d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12285f131abc403f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2f3b211028541bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfd2393055cd482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12285f131abc403f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R978d9baf3e9d421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2f3b211028541bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>321,368</x:t>
-[...603 lines deleted...]
-          <x:t>339,243</x:t>
+          <x:t>323,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>