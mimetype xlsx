--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdde49911004426d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4db2de5560724248" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2f3b211028541bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8b9c56b49a4e17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R978d9baf3e9d421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2f3b211028541bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra09f88fb4bbf4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8b9c56b49a4e17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>322,911</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>