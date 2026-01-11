--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4db2de5560724248" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e2c12e748c425e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8b9c56b49a4e17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re02af01b08cc4339"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra09f88fb4bbf4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8b9c56b49a4e17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0de8dcc5ee14bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re02af01b08cc4339" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>286,249</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>281,849</x:t>
-[...328 lines deleted...]
-          <x:t>279,950</x:t>
+          <x:t>286,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>