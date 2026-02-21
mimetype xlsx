--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e2c12e748c425e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa2a13f9fce4fea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re02af01b08cc4339"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c751023cea748db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0de8dcc5ee14bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re02af01b08cc4339" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7918a144a744648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c751023cea748db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>287,733</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>