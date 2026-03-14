--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa2a13f9fce4fea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R809be1ce4ddb4044" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c751023cea748db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f5756c2d7bc4639"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7918a144a744648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c751023cea748db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc97bab74cf84284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f5756c2d7bc4639" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>