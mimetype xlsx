--- v0 (2025-12-20)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4626ede0306540c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94be13e2cfe94bed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5284f19e8c474853"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdfef15d633a4961"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06d72b55e4784972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5284f19e8c474853" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R817c4ddf94414daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdfef15d633a4961" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>15,311</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,431</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>15,386</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,374</x:t>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,576</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>15,144</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>