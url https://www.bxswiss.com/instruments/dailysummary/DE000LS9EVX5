--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94be13e2cfe94bed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ee2cba9c7094485" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdfef15d633a4961"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813bb574efae4e3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R817c4ddf94414daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdfef15d633a4961" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a54e534845c4dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813bb574efae4e3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...409 lines deleted...]
-          <x:t>15,556</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,491</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>16,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,889</x:t>
         </x:is>
       </x:c>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>