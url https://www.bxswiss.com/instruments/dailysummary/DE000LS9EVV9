--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe80f87504074dd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref3ac62aef90469c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa46f0eceb334116"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf225ea0be74e4739"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a0016b2404e4592" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa46f0eceb334116" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9436d3140c68495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf225ea0be74e4739" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>