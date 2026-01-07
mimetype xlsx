--- v1 (2025-10-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref3ac62aef90469c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5bb4742bdd043bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf225ea0be74e4739"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R613964087ae84833"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9436d3140c68495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf225ea0be74e4739" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e8340ae04094bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R613964087ae84833" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>276,661</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>