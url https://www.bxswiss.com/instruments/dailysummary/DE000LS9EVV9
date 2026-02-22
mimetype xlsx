--- v2 (2026-01-07)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5bb4742bdd043bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R251087244abe4ba4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R613964087ae84833"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996efcfa8f9a416b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e8340ae04094bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R613964087ae84833" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf3a958cc4584587" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996efcfa8f9a416b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>292,646</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>