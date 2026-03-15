--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R251087244abe4ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf225228b098845c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996efcfa8f9a416b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b9a7bfede3f4cbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf3a958cc4584587" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996efcfa8f9a416b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878f6aa3b2504190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b9a7bfede3f4cbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marktführer Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,334</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>