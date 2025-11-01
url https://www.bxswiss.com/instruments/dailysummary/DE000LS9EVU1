--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb024d012e7943b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eae6e2d6a98413e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2508ba82f674171"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c53f01ba77d403c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8db77052b11842dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2508ba82f674171" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4edd5deaebf04ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c53f01ba77d403c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defense &amp; Protection Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>866,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>873,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>862,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>870,414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>886,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>889,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>877,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>880,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>907,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>857,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>