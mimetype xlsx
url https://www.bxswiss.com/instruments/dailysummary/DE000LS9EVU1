--- v1 (2025-11-01)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eae6e2d6a98413e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d28a86a6e16452f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c53f01ba77d403c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1541f027703e4353"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4edd5deaebf04ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c53f01ba77d403c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4e7ce1907e049b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1541f027703e4353" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defense &amp; Protection Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>845,867</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>