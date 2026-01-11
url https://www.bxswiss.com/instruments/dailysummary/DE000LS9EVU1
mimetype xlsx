--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d28a86a6e16452f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcadee43ad3c14796" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1541f027703e4353"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra68d53da72d541aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4e7ce1907e049b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1541f027703e4353" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R602a61aa0afa43bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra68d53da72d541aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defense &amp; Protection Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>785,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>785,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>765,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>777,017</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>740,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>753,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>740,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>753,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>