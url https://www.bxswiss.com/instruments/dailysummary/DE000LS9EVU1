--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcadee43ad3c14796" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ab1d939c8d414a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra68d53da72d541aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01ddf42e8c82481a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R602a61aa0afa43bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra68d53da72d541aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dee7cb7396f4c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01ddf42e8c82481a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defense &amp; Protection Basket</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>921,890</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>950,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>885,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>896,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>868,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>