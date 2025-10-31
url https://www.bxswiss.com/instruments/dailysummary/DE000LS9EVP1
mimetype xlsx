--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b29c10d1fdb43a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d9d1c065094bdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d49a340719d4564"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94f178ac6f14d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc304cc14dd4549fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d49a340719d4564" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d169758d1474d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94f178ac6f14d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>internationale Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,853</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>