--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d9d1c065094bdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07ce6c243f74409" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94f178ac6f14d09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d8d2735e35e4377"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d169758d1474d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94f178ac6f14d09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra161c5ce4d674503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d8d2735e35e4377" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>internationale Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>158,255</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>