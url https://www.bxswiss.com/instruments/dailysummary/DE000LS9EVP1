--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07ce6c243f74409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5145a38aad0c4215" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d8d2735e35e4377"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77687e32eeeb48ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra161c5ce4d674503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d8d2735e35e4377" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b07c1dba92d4a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77687e32eeeb48ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>internationale Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>149,700</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>