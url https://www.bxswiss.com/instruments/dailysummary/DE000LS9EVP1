--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5145a38aad0c4215" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e97275777054788" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77687e32eeeb48ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R738a8cbe01214ce3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b07c1dba92d4a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77687e32eeeb48ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4efa62d0c15b4272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R738a8cbe01214ce3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>internationale Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,451 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,631</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,004</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>