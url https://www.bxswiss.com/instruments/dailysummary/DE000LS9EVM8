--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb2d4625b26145bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raacddeb4926a43ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fc45a87e9274453"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4a0c2a72dc147e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43da7e61079348bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fc45a87e9274453" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3e137c808a54b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4a0c2a72dc147e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybertech Masters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>688,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>692,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>686,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>689,034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>689,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>690,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>681,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>683,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>