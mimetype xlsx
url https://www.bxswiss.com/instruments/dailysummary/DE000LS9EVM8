--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raacddeb4926a43ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a6fe491286d495a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4a0c2a72dc147e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519fbca9fedb43ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3e137c808a54b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4a0c2a72dc147e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42d4b9534f3648bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519fbca9fedb43ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybertech Masters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>696,571</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>