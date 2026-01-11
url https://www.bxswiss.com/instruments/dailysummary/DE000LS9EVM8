--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a6fe491286d495a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf141a90d5a047d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519fbca9fedb43ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb579f7c18777471e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42d4b9534f3648bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519fbca9fedb43ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4e19f87824745c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb579f7c18777471e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybertech Masters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>674,054</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>680,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>684,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>