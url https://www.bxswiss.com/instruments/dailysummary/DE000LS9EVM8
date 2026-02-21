--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf141a90d5a047d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddf02802ca7b4539" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb579f7c18777471e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcd1cf8a1de641a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4e19f87824745c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb579f7c18777471e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7169395fed2240d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcd1cf8a1de641a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybertech Masters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>689,355</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>