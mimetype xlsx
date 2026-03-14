--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddf02802ca7b4539" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d61ed892824673" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcd1cf8a1de641a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7128fcb6d124b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7169395fed2240d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcd1cf8a1de641a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a0175d6e30e4695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7128fcb6d124b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cybertech Masters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>619,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>622,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>613,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>618,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>600,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>604,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>596,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>602,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>