--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23a0ffb3944f447c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f87b6c1169a400a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861422e8dbd24c95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06cce74caa5a418a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf656890f505747dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861422e8dbd24c95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb021b4a4505e4bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06cce74caa5a418a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nifty Fifty international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>197,220</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>