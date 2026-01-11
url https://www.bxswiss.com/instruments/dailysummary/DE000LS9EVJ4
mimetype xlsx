--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f87b6c1169a400a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R083e8797568247e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06cce74caa5a418a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra883725b63304bd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb021b4a4505e4bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06cce74caa5a418a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27273ec7259342cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra883725b63304bd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nifty Fifty international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>195,378</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,474</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>196,834</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>