--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R083e8797568247e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ead987d398e4e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra883725b63304bd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f1fce9efd254ecb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27273ec7259342cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra883725b63304bd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2ed4ae5746b43bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f1fce9efd254ecb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nifty Fifty international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>195,931</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,474</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>196,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>196,217</x:t>
-[...139 lines deleted...]
-          <x:t>200,022</x:t>
+          <x:t>195,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>