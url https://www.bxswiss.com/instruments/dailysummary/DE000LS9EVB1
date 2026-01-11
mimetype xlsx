--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03575fc3eed94c90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e5aaf9d83834e5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2569a85818c4708"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad262c68a15a448c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dd12906bc634dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2569a85818c4708" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cb062f30c124470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad262c68a15a448c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenprofit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>106,911</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>