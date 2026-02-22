--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e5aaf9d83834e5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6be06b326224ae7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad262c68a15a448c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcb4fe71f5f74050"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cb062f30c124470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad262c68a15a448c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R490afa553580432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcb4fe71f5f74050" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenprofit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>109,620</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>