--- v2 (2026-02-22)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6be06b326224ae7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R117ebf18e16648bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcb4fe71f5f74050"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad89bff924e74433"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R490afa553580432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcb4fe71f5f74050" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03193cacd9eb43f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad89bff924e74433" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenprofit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EVB1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>108,557</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...332 lines deleted...]
-          <x:t>09.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,947</x:t>
-[...252 lines deleted...]
-          <x:t>108,744</x:t>
+          <x:t>109,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>