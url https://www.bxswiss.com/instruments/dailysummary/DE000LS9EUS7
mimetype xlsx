--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d40499512e14d12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32059b737124015" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b32fc2189ee4d40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9946918726434c5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86b19000feb948fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b32fc2189ee4d40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref5d59fb90364260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9946918726434c5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>