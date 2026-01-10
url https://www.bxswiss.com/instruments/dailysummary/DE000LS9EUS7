--- v1 (2025-10-31)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32059b737124015" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56a4a5c9a28442e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9946918726434c5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b7ad31327442d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref5d59fb90364260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9946918726434c5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f413fe5d2c147f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b7ad31327442d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>153,305</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>