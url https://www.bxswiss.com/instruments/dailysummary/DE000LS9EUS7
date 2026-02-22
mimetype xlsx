--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56a4a5c9a28442e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae5b05bedab4e7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b7ad31327442d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bee5abae8b84c51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f413fe5d2c147f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b7ad31327442d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe87c89f544428d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bee5abae8b84c51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>161,098</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,533</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>163,024</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>