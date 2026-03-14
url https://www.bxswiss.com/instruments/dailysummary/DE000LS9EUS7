--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae5b05bedab4e7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ac0e5ed44a4195" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bee5abae8b84c51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ce9d982540a4042"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe87c89f544428d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bee5abae8b84c51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5857ab0acd745a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ce9d982540a4042" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,138</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>