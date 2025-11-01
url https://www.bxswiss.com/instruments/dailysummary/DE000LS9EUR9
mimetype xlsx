--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R839db05e41ea4a24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2979996a50a143be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b5c331329474abe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6697e3958ec4464"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a670d126ec743ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b5c331329474abe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb91185dced744ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6697e3958ec4464" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>