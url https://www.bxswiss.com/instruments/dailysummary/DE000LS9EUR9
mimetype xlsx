--- v1 (2025-11-01)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2979996a50a143be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b1077887644b48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6697e3958ec4464"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8867f7ec7b14265"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb91185dced744ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6697e3958ec4464" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b791728f5e4abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8867f7ec7b14265" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>184,581</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>