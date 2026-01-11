--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b1077887644b48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fa6689a31be4e19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8867f7ec7b14265"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05650c4ee8054ac7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b791728f5e4abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8867f7ec7b14265" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50c2c7003567457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05650c4ee8054ac7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>189,328</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,076</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>