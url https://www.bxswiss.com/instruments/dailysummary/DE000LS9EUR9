--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fa6689a31be4e19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30295a39500c4f5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05650c4ee8054ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bee76f7032e4afc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50c2c7003567457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05650c4ee8054ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e94ff433178494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bee76f7032e4afc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>194,087</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>