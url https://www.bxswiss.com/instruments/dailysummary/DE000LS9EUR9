--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30295a39500c4f5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6002fdaeab1b4ca3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bee76f7032e4afc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73d9701a3b714913"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e94ff433178494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bee76f7032e4afc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce6479253a746ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73d9701a3b714913" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fokus Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,441</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>