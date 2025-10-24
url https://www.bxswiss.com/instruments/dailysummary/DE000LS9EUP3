--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R671d71f98ebb4477" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02cb02a6a05344fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac397b796ac44fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19d4b28b883a49b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra285a597048a4749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac397b796ac44fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94e1380512bf4940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19d4b28b883a49b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 aus USA, Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>