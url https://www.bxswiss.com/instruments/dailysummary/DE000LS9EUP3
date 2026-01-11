--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02cb02a6a05344fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02e0d0cb48f54dd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19d4b28b883a49b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06fe8089fe8c4804"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94e1380512bf4940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19d4b28b883a49b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d8851f9205c4779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06fe8089fe8c4804" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 aus USA, Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>193,771</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>