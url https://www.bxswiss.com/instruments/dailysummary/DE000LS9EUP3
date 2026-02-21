--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02e0d0cb48f54dd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd78516959340b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06fe8089fe8c4804"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf95cb49dea854dea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d8851f9205c4779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06fe8089fe8c4804" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d9b3bbc7017445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf95cb49dea854dea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 aus USA, Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>194,454</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>204,046</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>