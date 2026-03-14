--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd78516959340b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea5d2a14dfd4b69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf95cb49dea854dea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b33b1d3fa9c48a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d9b3bbc7017445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf95cb49dea854dea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re381b070904949b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b33b1d3fa9c48a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top 20 aus USA, Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>