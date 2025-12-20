--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd4488c359f4eca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83bfcaf9976d48b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R408de569b219445e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5f81baee52541e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ef54268d25048e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R408de569b219445e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b1aed617eb7435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5f81baee52541e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZFinance international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,223</x:t>
-[...4 lines deleted...]
-          <x:t>82,974</x:t>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,061</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...342 lines deleted...]
-          <x:t>82,741</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,830</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>82,262</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>