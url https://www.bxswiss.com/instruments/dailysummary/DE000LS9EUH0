--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83bfcaf9976d48b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R007fdf0ca16640b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5f81baee52541e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1a80cdb09864f61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b1aed617eb7435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5f81baee52541e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc38927deb764745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1a80cdb09864f61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZFinance international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>82,892</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,863</x:t>
-[...48 lines deleted...]
-          <x:t>82,936</x:t>
+          <x:t>83,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,732</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>82,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>