--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R007fdf0ca16640b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ed97fd7817d4966" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1a80cdb09864f61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f6171591305423c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc38927deb764745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1a80cdb09864f61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R396aaaf4a4ef45f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f6171591305423c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZFinance international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>82,732</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>