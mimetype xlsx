--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R563575bdb33344cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab05a731a4b14953" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4e5db47954a48c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3d82eacf887484e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b46d61bc9264a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4e5db47954a48c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R868c1d711f544faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3d82eacf887484e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aschenputtell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,573</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>