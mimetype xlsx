--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab05a731a4b14953" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dac1f93dbc74de0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3d82eacf887484e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c4d9e0671c452b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R868c1d711f544faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3d82eacf887484e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6c5a8d6239b4a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c4d9e0671c452b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aschenputtell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>296,110</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,999</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>292,686</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>