--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dac1f93dbc74de0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04e3369c291a4539" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9c4d9e0671c452b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14787d40b64b40cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6c5a8d6239b4a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9c4d9e0671c452b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R313e4bd9d06a4bc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14787d40b64b40cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aschenputtell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,531</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>