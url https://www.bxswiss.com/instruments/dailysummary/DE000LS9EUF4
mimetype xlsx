--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04e3369c291a4539" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c34f750eec41c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14787d40b64b40cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd671ecc0c734d7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R313e4bd9d06a4bc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14787d40b64b40cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eb4c22d58c143ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd671ecc0c734d7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aschenputtell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EUF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>307,397</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>