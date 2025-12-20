--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b21c98a04cd40a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b90cb3d6e64e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4385b33949444ac1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8593f278499748e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b1c0b0d14024a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4385b33949444ac1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc412b5fc060943fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8593f278499748e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>