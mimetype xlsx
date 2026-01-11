--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b90cb3d6e64e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R354ef9782bdc417b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8593f278499748e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88eb52b9c92e4e5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc412b5fc060943fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8593f278499748e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1d36290c5a64f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88eb52b9c92e4e5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,217</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>