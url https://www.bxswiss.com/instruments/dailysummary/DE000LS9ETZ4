--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R354ef9782bdc417b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3b41dd128b24607" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88eb52b9c92e4e5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ac208ba200f411d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1d36290c5a64f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88eb52b9c92e4e5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7616464e18140d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ac208ba200f411d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>246,156</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>