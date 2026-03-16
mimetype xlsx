--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3b41dd128b24607" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6916080feb8f4226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ac208ba200f411d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re622c96585ce4f75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7616464e18140d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ac208ba200f411d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e2cf5eb2c434248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re622c96585ce4f75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>240,506</x:t>
-[...139 lines deleted...]
-          <x:t>234,643</x:t>
+          <x:t>241,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,699</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>248,979</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>