--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b3e6cd33e6f46b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5f4ffdeb1594814" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3b495c92df14a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3972316bf2b6463c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c79d547212d4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3b495c92df14a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc55702f8d034012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3972316bf2b6463c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,372</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>