--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5f4ffdeb1594814" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c59362a384c434f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3972316bf2b6463c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28f43f418804cf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc55702f8d034012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3972316bf2b6463c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19564b3096fe493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28f43f418804cf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>