--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c59362a384c434f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361dbcc37af64072" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28f43f418804cf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f00765b3ff04f22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19564b3096fe493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28f43f418804cf1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refd44dd8787d4827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f00765b3ff04f22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>145,398</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>