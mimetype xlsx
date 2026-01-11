--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361dbcc37af64072" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff50eb689214525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f00765b3ff04f22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f967379e1c94eb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refd44dd8787d4827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f00765b3ff04f22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff1a3f821bc45c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f967379e1c94eb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>150,849</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,146</x:t>
-[...463 lines deleted...]
-          <x:t>154,698</x:t>
+          <x:t>153,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>