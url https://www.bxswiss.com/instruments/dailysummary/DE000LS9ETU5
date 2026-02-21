--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff50eb689214525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaf26251ddc04b9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f967379e1c94eb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1885866f212e41b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff1a3f821bc45c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f967379e1c94eb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee4f35d1d274a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1885866f212e41b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>155,987</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>