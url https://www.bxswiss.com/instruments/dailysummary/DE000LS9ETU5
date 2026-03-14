--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaf26251ddc04b9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc82478973869439e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1885866f212e41b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3491b214bc4424b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee4f35d1d274a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1885866f212e41b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0691aed68ce4472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3491b214bc4424b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Szew Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,896</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>