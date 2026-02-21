--- v0 (2025-10-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17513749c7cc470c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3baf57351def45c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re36b05328d644dc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8e01da4d1b34595"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b4a2e6327204ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re36b05328d644dc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc96005818f414552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8e01da4d1b34595" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Printing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>80,933</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>