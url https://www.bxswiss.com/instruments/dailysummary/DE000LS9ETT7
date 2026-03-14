--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3baf57351def45c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ace3237070b48c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8e01da4d1b34595"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbccb9216c1944586"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc96005818f414552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8e01da4d1b34595" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc9fdc0529704d00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbccb9216c1944586" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D-Printing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,758</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>