--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d9d543751024721" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0747c0ffb3904434" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e84538e47344f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0bce3d20e4f422e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac01fa50ecde4dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e84538e47344f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc583ed6e85c840ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0bce3d20e4f422e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Speed Up Regel Nr. 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>90,669</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,374</x:t>
-[...43 lines deleted...]
-          <x:t>90,556</x:t>
+          <x:t>90,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,203</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>90,477</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,377</x:t>
-[...323 lines deleted...]
-          <x:t>90,342</x:t>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>