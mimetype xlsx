--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0747c0ffb3904434" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R478f7ad948904de3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0bce3d20e4f422e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb26b9ec9a54a34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc583ed6e85c840ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0bce3d20e4f422e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdec8ad75503a44c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb26b9ec9a54a34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Speed Up Regel Nr. 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>