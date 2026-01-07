--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R478f7ad948904de3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra323e9068b4b434f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb26b9ec9a54a34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf90812d2aeea4997"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdec8ad75503a44c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb26b9ec9a54a34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcded257c1eb34203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf90812d2aeea4997" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Speed Up Regel Nr. 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>91,628</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>