--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra323e9068b4b434f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266e639053784bf6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf90812d2aeea4997"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9823c7b71ab4494b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcded257c1eb34203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf90812d2aeea4997" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R343231f745354b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9823c7b71ab4494b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Speed Up Regel Nr. 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>100,891</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>