--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266e639053784bf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06fb43e3eb49433b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9823c7b71ab4494b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc912a4fbc24f4f4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R343231f745354b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9823c7b71ab4494b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb1e5ff7a9474051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc912a4fbc24f4f4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Speed Up Regel Nr. 1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ETG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,439</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>