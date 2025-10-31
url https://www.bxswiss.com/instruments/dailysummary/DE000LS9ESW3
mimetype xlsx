--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd29874ad8784460d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra17f087fa1684067" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R189a505e279a47d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8735a559377c4a71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5501a35817748d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R189a505e279a47d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R598d8d9b96d2470e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8735a559377c4a71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland 30 Equal Weight</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,212</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>176,251</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>