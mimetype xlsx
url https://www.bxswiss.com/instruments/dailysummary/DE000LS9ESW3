--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra17f087fa1684067" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25749ac4f1ea43a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8735a559377c4a71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8f3ea75aa084d46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R598d8d9b96d2470e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8735a559377c4a71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4971cf7e287b423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8f3ea75aa084d46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland 30 Equal Weight</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,354</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>174,992</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,698</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>175,070</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>