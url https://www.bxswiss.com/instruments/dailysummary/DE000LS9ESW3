--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25749ac4f1ea43a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0265e0d6d70e4572" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8f3ea75aa084d46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra11bb3888ae44713"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4971cf7e287b423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8f3ea75aa084d46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16d180045f284f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra11bb3888ae44713" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland 30 Equal Weight</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,513</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>