--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0265e0d6d70e4572" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09f7c875d8c8425d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra11bb3888ae44713"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re52aeb75e90941bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16d180045f284f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra11bb3888ae44713" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1639ba0c9bce481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re52aeb75e90941bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland 30 Equal Weight</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>