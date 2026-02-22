--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09f7c875d8c8425d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a5693f3afe449f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re52aeb75e90941bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fcdb32268384222"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1639ba0c9bce481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re52aeb75e90941bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cd82b9534c94f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fcdb32268384222" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland 30 Equal Weight</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>183,405</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>