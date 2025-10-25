--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6985f492cabd49dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24dcd105ee9540e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96cff7f701634b4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb83d1b61a3f4980"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R404f9f03c5984b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96cff7f701634b4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb714f9393284f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb83d1b61a3f4980" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Videoüberwachung (Security)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>244,908</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>244,728</x:t>
-[...313 lines deleted...]
-          <x:t>245,590</x:t>
+          <x:t>245,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,814</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>244,987</x:t>
-[...43 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>245,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>245,072</x:t>
-[...63 lines deleted...]
-          <x:t>244,394</x:t>
+          <x:t>244,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>