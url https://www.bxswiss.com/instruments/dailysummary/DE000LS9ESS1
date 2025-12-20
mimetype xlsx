--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24dcd105ee9540e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1459446af7c4a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb83d1b61a3f4980"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aa678c7f1544d2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb714f9393284f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb83d1b61a3f4980" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb567110c075496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aa678c7f1544d2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Videoüberwachung (Security)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>242,037</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>241,288</x:t>
-[...139 lines deleted...]
-          <x:t>242,170</x:t>
+          <x:t>242,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>