--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1459446af7c4a0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R187f5b324d0549e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aa678c7f1544d2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8c5d44024745b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb567110c075496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aa678c7f1544d2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0494f50f18524742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8c5d44024745b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Videoüberwachung (Security)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>242,423</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>242,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>242,379</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>241,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,524</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>