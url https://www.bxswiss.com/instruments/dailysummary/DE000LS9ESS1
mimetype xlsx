--- v3 (2026-01-10)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R187f5b324d0549e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d88e727df24460" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8c5d44024745b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b818a24ded64b3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0494f50f18524742" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8c5d44024745b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14ddbe53d6484c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b818a24ded64b3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Videoüberwachung (Security)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>240,202</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>