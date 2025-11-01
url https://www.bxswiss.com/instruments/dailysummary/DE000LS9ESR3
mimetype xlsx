--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb83634be645d4434" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d41db2c669d4095" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb57559d0e58d43c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d995c8026374571"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85836b0ebd454fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb57559d0e58d43c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R198886e3c60f40a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d995c8026374571" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profitable US Food &amp; Restaurants</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>