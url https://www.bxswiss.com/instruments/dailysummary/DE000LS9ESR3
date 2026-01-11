--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d41db2c669d4095" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52a43cda9d34a7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d995c8026374571"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra723e0f99ede4cb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R198886e3c60f40a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d995c8026374571" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4986a4d9e3e64af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra723e0f99ede4cb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profitable US Food &amp; Restaurants</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>131,867</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>