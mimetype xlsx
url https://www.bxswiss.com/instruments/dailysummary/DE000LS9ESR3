--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52a43cda9d34a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reba8aa286c664226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra723e0f99ede4cb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R296eb8417ad949a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4986a4d9e3e64af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra723e0f99ede4cb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5659c7664e84efb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R296eb8417ad949a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profitable US Food &amp; Restaurants</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>