--- v3 (2026-01-12)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reba8aa286c664226" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbabea6bbe04f49c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R296eb8417ad949a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6db509068f54f27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5659c7664e84efb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R296eb8417ad949a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b2a93f570474cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6db509068f54f27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profitable US Food &amp; Restaurants</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>139,437</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,479</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>149,087</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>