--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbabea6bbe04f49c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9043235b85244f87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6db509068f54f27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eb5520162ab4db6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b2a93f570474cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6db509068f54f27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbde36655e7e64211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eb5520162ab4db6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Profitable US Food &amp; Restaurants</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>147,874</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,507</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>140,324</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,158</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>139,249</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,557</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>145,460</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>