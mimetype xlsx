--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R727445531a4b4eab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4a588ef02914283" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d45421f89514a4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810c0cd0daf7404f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc98789cc54442d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d45421f89514a4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42d2cdc297054a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810c0cd0daf7404f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value, Growth and Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>