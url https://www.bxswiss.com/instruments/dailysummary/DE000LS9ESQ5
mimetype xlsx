--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4a588ef02914283" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6e8a4a8f5d5483a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810c0cd0daf7404f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24579b5222924ece"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42d2cdc297054a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810c0cd0daf7404f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51c873e795e2471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24579b5222924ece" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value, Growth and Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>205,336</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>