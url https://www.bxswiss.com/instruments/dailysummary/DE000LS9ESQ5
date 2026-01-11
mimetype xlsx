--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6e8a4a8f5d5483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3f7445d435c4804" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24579b5222924ece"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aad15a688424310"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51c873e795e2471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24579b5222924ece" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b8b9f0a642848ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aad15a688424310" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value, Growth and Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>214,749</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>213,513</x:t>
-[...247 lines deleted...]
-          <x:t>216,886</x:t>
+          <x:t>214,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>