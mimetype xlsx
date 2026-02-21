--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3f7445d435c4804" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0019ae23edd54f97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aad15a688424310"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R997e68c0d65b4aad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b8b9f0a642848ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aad15a688424310" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee180c889eb4d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R997e68c0d65b4aad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value, Growth and Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>227,812</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>