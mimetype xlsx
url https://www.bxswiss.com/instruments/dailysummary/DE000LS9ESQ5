--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0019ae23edd54f97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a67939659534d19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R997e68c0d65b4aad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04f981e2576646ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee180c889eb4d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R997e68c0d65b4aad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c3b44a2579c49c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04f981e2576646ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value, Growth and Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>