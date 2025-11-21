--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcddb17ea71784a49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6617d8f475374667" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27999f8195254b18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2874fd163b4a436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda27aec3dfd482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27999f8195254b18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R427ad888d39c4aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2874fd163b4a436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM Roboteraktien Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>423,325</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>