--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6617d8f475374667" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071d32dc469c4407" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2874fd163b4a436a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1a9cb7029dc43d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R427ad888d39c4aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2874fd163b4a436a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c8d1d983cb44e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1a9cb7029dc43d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM Roboteraktien Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,507</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>