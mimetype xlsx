--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071d32dc469c4407" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f2d643688449ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1a9cb7029dc43d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d33697e423b43e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c8d1d983cb44e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1a9cb7029dc43d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5980986b1149f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d33697e423b43e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM Roboteraktien Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>