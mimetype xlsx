--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f2d643688449ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab6acfa8621e4bfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d33697e423b43e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e53bb4bd4144026"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5980986b1149f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d33697e423b43e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re25b3fd5690843bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e53bb4bd4144026" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM Roboteraktien Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>450,721</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>