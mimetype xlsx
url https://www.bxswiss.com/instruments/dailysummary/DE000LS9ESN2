--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab6acfa8621e4bfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b6962384ee46e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e53bb4bd4144026"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d28de3ac2d47b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re25b3fd5690843bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e53bb4bd4144026" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3465ddeefa04caa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d28de3ac2d47b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TAM Roboteraktien Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>406,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>