--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref6a3a129ff94ca1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4096ba9e4d87450d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7faa1098543347cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7075b76c74f4123"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc01ebbcab094bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7faa1098543347cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87bff9405d334752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7075b76c74f4123" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeit + Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>