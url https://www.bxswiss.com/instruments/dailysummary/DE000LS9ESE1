--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4096ba9e4d87450d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8573cb0cc39442fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7075b76c74f4123"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba41330b43f4435d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87bff9405d334752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7075b76c74f4123" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48f2100f3a9b4bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba41330b43f4435d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeit + Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>154,641</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,104</x:t>
-[...242 lines deleted...]
-          <x:t>155,070</x:t>
+          <x:t>150,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>