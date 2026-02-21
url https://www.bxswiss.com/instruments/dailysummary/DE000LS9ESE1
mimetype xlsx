--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8573cb0cc39442fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8aa472a9304e65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba41330b43f4435d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc98f76a11e41ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48f2100f3a9b4bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba41330b43f4435d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fdc48cd31184a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc98f76a11e41ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeit + Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,555</x:t>
-[...414 lines deleted...]
-          <x:t>153,467</x:t>
+          <x:t>149,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>