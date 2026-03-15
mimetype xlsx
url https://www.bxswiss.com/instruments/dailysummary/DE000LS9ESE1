--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8aa472a9304e65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78c9f42c39e6468e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc98f76a11e41ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ae7680c2e39478d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fdc48cd31184a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc98f76a11e41ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R968ad4414e9443a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ae7680c2e39478d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeit + Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ESE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,511</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>