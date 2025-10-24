--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31608313933540b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67193500ec484b38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9a7196495ce44e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ef0640dc6c41b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25b77da68f6746de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9a7196495ce44e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47dcfe690f694c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ef0640dc6c41b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Dividenden-Perlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>