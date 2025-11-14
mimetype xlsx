--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67193500ec484b38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R173142994a814a8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ef0640dc6c41b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4138accb024c4e03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47dcfe690f694c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ef0640dc6c41b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae0d758f5da74026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4138accb024c4e03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Dividenden-Perlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>