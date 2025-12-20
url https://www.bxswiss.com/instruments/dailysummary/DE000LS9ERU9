--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R173142994a814a8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc76acc495b0c4df3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4138accb024c4e03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4927b022f4ec4932"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae0d758f5da74026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4138accb024c4e03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R488165f614f84069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4927b022f4ec4932" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Dividenden-Perlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>220,771</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>