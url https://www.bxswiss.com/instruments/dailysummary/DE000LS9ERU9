--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc76acc495b0c4df3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b3d9e6af5494296" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4927b022f4ec4932"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R183d4bc46bd1402c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R488165f614f84069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4927b022f4ec4932" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R623457a45cdc443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R183d4bc46bd1402c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Dividenden-Perlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,937</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>