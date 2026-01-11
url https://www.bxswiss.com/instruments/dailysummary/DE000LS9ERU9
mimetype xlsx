--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b3d9e6af5494296" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3e18a5e330c46ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R183d4bc46bd1402c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R180dacb6fdf94240"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R623457a45cdc443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R183d4bc46bd1402c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62bf73880b6442cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R180dacb6fdf94240" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Dividenden-Perlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,349</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>