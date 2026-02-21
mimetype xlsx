--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3e18a5e330c46ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59971ac53feb4e0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R180dacb6fdf94240"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd610c6bb2ac94c0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62bf73880b6442cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R180dacb6fdf94240" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14d761542e3c42e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd610c6bb2ac94c0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Dividenden-Perlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>208,561</x:t>
-[...414 lines deleted...]
-          <x:t>220,069</x:t>
+          <x:t>206,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>