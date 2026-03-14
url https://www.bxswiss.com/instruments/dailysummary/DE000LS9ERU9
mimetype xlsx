--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59971ac53feb4e0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca91aa39e34d4c3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd610c6bb2ac94c0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae21f6e3b95b4537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14d761542e3c42e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd610c6bb2ac94c0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52a7f6d3d599456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae21f6e3b95b4537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Dividenden-Perlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>