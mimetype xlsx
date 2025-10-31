--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R851b676451964635" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd18c0854a32843ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2758ab9f72474cab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1d576edde8f47c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2017f186fd28404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2758ab9f72474cab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0838eda7c884628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1d576edde8f47c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Research Alpha Perform</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,306</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>141,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,213</x:t>
         </x:is>
       </x:c>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>