--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd18c0854a32843ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03d8a55442a3444a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1d576edde8f47c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc318f0266174569"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0838eda7c884628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1d576edde8f47c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re212f2710d534bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc318f0266174569" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Research Alpha Perform</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,696</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>