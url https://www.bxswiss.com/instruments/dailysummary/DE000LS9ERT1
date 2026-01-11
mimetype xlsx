--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03d8a55442a3444a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e604382ef7047dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc318f0266174569"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbefa4862c6f406f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re212f2710d534bf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc318f0266174569" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb182ce094b4442e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbefa4862c6f406f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Research Alpha Perform</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>143,581</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,359</x:t>
-[...242 lines deleted...]
-          <x:t>142,530</x:t>
+          <x:t>142,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>