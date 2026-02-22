--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e604382ef7047dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9009d35ea0644875" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbefa4862c6f406f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b7b84ff879e4a58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb182ce094b4442e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbefa4862c6f406f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6176bbc1841840a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b7b84ff879e4a58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Research Alpha Perform</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>142,573</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,902</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>142,475</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,860</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>143,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>