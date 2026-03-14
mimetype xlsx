--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9009d35ea0644875" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e9ec0aae9f640ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b7b84ff879e4a58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dc886d0dfd3470f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6176bbc1841840a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b7b84ff879e4a58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58da42fada1045ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dc886d0dfd3470f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Research Alpha Perform</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>141,497</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>142,401</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>