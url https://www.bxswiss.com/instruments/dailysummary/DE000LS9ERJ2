--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5488424eabec461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccebf2f6ff5e4992" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ab16cbfdfb547fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f4dcb5b2a494552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra10b8788c9f94f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ab16cbfdfb547fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd08e3ad6de5a4b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f4dcb5b2a494552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Werte Langfristige Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>80,579</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,924</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>18.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,170</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>80,844</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>