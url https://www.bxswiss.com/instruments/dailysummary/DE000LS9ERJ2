--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccebf2f6ff5e4992" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20944d52f9924d3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f4dcb5b2a494552"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d79f96917ed46e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd08e3ad6de5a4b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f4dcb5b2a494552" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3ad5fa86fca43db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d79f96917ed46e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Werte Langfristige Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>