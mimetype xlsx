--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20944d52f9924d3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b977f57cc264466" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d79f96917ed46e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b5a99929d154435"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3ad5fa86fca43db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d79f96917ed46e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27df609117884f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b5a99929d154435" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Werte Langfristige Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,472</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>79,356</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,129</x:t>
-[...463 lines deleted...]
-          <x:t>77,903</x:t>
+          <x:t>80,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>