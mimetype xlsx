--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b977f57cc264466" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a4a36449f3949ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b5a99929d154435"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75ee30a61cbe4f7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27df609117884f09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b5a99929d154435" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da4aa8e287a40d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75ee30a61cbe4f7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Werte Langfristige Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>79,895</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,028</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,433</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,746</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>