--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a4a36449f3949ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19a878a1e17044fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75ee30a61cbe4f7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9363b116b6b14155"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da4aa8e287a40d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75ee30a61cbe4f7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2020cf13f24146ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9363b116b6b14155" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Werte Langfristige Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>80,508</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>