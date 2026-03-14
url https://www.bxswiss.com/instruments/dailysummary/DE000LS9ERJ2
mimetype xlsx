--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19a878a1e17044fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbdfe0feec144fa2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9363b116b6b14155"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35205a0bd2574757"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2020cf13f24146ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9363b116b6b14155" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc85f93d7fbfe4c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35205a0bd2574757" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Werte Langfristige Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>77,931</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>77,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>77,181</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>77,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>