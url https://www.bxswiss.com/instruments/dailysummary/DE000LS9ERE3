--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74a404801b274369" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a38a304c7945c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f2f627c468435b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f42ab0115245ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91590494a3064d31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f2f627c468435b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21c0af2929294b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f42ab0115245ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit vor Risiko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>362,051</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>