--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a38a304c7945c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdaf97d538a442d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f42ab0115245ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R261b3474b1c94178"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21c0af2929294b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f42ab0115245ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0b8687dbf2e4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R261b3474b1c94178" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit vor Risiko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>