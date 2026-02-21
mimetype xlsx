--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdaf97d538a442d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa4e6cf2be27421b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R261b3474b1c94178"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08c4b472a7ac434f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0b8687dbf2e4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R261b3474b1c94178" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb80f56d509b2448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08c4b472a7ac434f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit vor Risiko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>364,984</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>