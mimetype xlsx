--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa4e6cf2be27421b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R596eb00684fe4c08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08c4b472a7ac434f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61d43be6efa64229"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb80f56d509b2448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08c4b472a7ac434f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10e470ff040a430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61d43be6efa64229" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sicherheit vor Risiko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,354</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>