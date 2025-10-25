--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6837db556764170" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a6779c4abd4011" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb2ac4c8f19c4160"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2e0a0fd1cf343af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb23085e470a04a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb2ac4c8f19c4160" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5ab2256f69f4bee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2e0a0fd1cf343af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Max' Anlagewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,889</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>