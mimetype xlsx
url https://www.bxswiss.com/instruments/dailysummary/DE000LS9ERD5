--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a6779c4abd4011" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45417cc6196c46f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2e0a0fd1cf343af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf55bd56f7ae45d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5ab2256f69f4bee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2e0a0fd1cf343af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4265e3ffd7e4460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf55bd56f7ae45d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Max' Anlagewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>134,207</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,889</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>134,648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>