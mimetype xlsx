--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45417cc6196c46f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f01be33e294ea3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf55bd56f7ae45d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c2656c7c63e4c48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4265e3ffd7e4460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf55bd56f7ae45d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda243261f3de45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c2656c7c63e4c48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Max' Anlagewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>136,148</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>