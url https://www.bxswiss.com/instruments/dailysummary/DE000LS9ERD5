--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f01be33e294ea3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1b8d35dc0304f31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c2656c7c63e4c48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d3eb24a1abe4184"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda243261f3de45d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c2656c7c63e4c48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a939b9648da4e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d3eb24a1abe4184" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Max' Anlagewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>151,543</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>