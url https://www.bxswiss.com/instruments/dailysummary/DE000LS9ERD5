--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1b8d35dc0304f31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac38757d5ab4447d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d3eb24a1abe4184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdad1e37fcb343ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a939b9648da4e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d3eb24a1abe4184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d6fcf118244a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdad1e37fcb343ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Max' Anlagewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>