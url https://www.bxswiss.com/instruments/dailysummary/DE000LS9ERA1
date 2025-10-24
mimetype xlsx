--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91ad1106fb984b76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6598afc99a4b4212" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76ea4b1bd928405e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd13965e053334a99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd22067ebe474040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76ea4b1bd928405e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c132e6b8a1a494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd13965e053334a99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>INDIEN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,158 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>158,736</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>