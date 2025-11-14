--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6598afc99a4b4212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4b5b9ef6984181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd13965e053334a99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6334a240078d49d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c132e6b8a1a494d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd13965e053334a99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88c1cbb38bbe4078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6334a240078d49d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>INDIEN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,984</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>