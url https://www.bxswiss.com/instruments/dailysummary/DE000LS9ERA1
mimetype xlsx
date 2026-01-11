--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4b5b9ef6984181" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfe57aeb423447d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6334a240078d49d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red4777bab0874077"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88c1cbb38bbe4078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6334a240078d49d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e2d751322ae408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red4777bab0874077" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>INDIEN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>166,673</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>