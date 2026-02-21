--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfe57aeb423447d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57da117851354160" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red4777bab0874077"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R700325d89e334c45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e2d751322ae408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red4777bab0874077" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R885190c9b83b4e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R700325d89e334c45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>INDIEN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>166,391</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>