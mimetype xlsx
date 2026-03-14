--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57da117851354160" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c8848e61d324fa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R700325d89e334c45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75a2eb72c01146bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R885190c9b83b4e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R700325d89e334c45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reee168a184434443" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75a2eb72c01146bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>INDIEN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ERA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>162,339</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,912</x:t>
-[...489 lines deleted...]
-        <x:is>
           <x:t>163,572</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,547</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>