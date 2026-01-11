--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e550096529439c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a1ac0d55afa4626" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61df484923ac4959"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58e68b6b7f364ec3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2792e0d359084526" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61df484923ac4959" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf097db7656ee417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58e68b6b7f364ec3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Stars International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>412,788</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>