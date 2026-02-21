--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a1ac0d55afa4626" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e849dc19e740f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58e68b6b7f364ec3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bd049f0a20c401e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf097db7656ee417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58e68b6b7f364ec3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bf0601a030e486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bd049f0a20c401e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Stars International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>390,029</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>