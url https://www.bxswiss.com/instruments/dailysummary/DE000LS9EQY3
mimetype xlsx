--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e849dc19e740f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52f720be53ed401d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bd049f0a20c401e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28e845cf304848da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bf0601a030e486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bd049f0a20c401e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1b032e712e748d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28e845cf304848da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Stars International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9EQY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>